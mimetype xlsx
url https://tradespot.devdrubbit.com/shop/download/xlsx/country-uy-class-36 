--- v0 (2025-10-05)
+++ v1 (2026-01-15)
@@ -97,56 +97,56 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellXfs count="2">
     <xf applyFont="1" fontId="0"/>
     <xf applyFont="1" fontId="1"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/b/440797-c8db6738b5e51b4b4efa4dda6f57ab01316ff61a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045386526.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="https://tradespot.devdrubbit.com/b/467004-0965c411393a05bf7e08166df3a1f0071ca9bf93" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="https://tradespot.devdrubbit.com/uploads/logos/dolar-futuro-uy-1624045547459.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/b/467004-0965c411393a05bf7e08166df3a1f0071ca9bf93" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/uploads/logos/dolar-futuro-uy-1624045547459.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G5"/>
+  <dimension ref="A1:G4"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
@@ -156,115 +156,90 @@
     <row r="2" spans="1:7">
       <c r="A2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>6</v>
-[...21 lines deleted...]
-      <c r="G5" s="1" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1" display="Publicación" address="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44" tooltip="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44"/>
     <hyperlink ref="G2" r:id="rId2" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg"/>
-    <hyperlink ref="F3" r:id="rId3" display="Publicación" address="https://tradespot.devdrubbit.com/b/440797-c8db6738b5e51b4b4efa4dda6f57ab01316ff61a" tooltip="https://tradespot.devdrubbit.com/b/440797-c8db6738b5e51b4b4efa4dda6f57ab01316ff61a"/>
-[...4 lines deleted...]
-    <hyperlink ref="G5" r:id="rId8" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/dolar-futuro-uy-1624045547459.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/dolar-futuro-uy-1624045547459.card.jpg"/>
+    <hyperlink ref="F3" r:id="rId3" display="Publicación" address="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d" tooltip="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d"/>
+    <hyperlink ref="G3" r:id="rId4" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg"/>
+    <hyperlink ref="F4" r:id="rId5" display="Publicación" address="https://tradespot.devdrubbit.com/b/467004-0965c411393a05bf7e08166df3a1f0071ca9bf93" tooltip="https://tradespot.devdrubbit.com/b/467004-0965c411393a05bf7e08166df3a1f0071ca9bf93"/>
+    <hyperlink ref="G4" r:id="rId6" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/dolar-futuro-uy-1624045547459.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/dolar-futuro-uy-1624045547459.card.jpg"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>